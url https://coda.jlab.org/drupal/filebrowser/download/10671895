--- v0 (2025-10-08)
+++ v1 (2026-03-04)
@@ -1,66 +1,67 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-  <fileVersion appName="xl" lastEdited="6" lowestEdited="4" rupBuild="14420"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\da\distribution\coda\HardwareManual\TI\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0A68FB87-1917-47F6-8041-CD1EB2D975F2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="120" yWindow="105" windowWidth="14430" windowHeight="4305"/>
+    <workbookView xWindow="4605" yWindow="150" windowWidth="18525" windowHeight="15330" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1242" uniqueCount="533">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1244" uniqueCount="535">
   <si>
     <t>Timaster</t>
   </si>
   <si>
     <t>no P0</t>
   </si>
   <si>
     <t>Alex</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>Nick</t>
   </si>
   <si>
     <t>TI_Sdtest</t>
   </si>
   <si>
     <t>PCB version</t>
   </si>
   <si>
     <t>V4_R1</t>
   </si>
   <si>
@@ -1615,270 +1616,267 @@
     <t>FEDAQ</t>
   </si>
   <si>
     <t>Production_2022, #416, swapped with MOLLER_TI</t>
   </si>
   <si>
     <t>Production_2024, #37, all the 20 boards are delivered to HallB in Auguest.</t>
   </si>
   <si>
     <t>Production_2024, #41, All these 31 boards delivered in Sept. 2024</t>
   </si>
   <si>
     <t xml:space="preserve">UP1 (+3.3V regulator) is bad, the output is 2.6V-3.3V sin wave.  The V_fb is 400mV - 1000 mV sin wave at ~500 kHz. Dec. 11, 2024. </t>
   </si>
   <si>
     <t>re-load the firmware, Jan. 17, 2025</t>
   </si>
   <si>
     <t>Can not talk to VTP. Jan 17, 2025.  Debug: the Port1 trigger output_N (pin#4 of MC100LVEP14) is dead (at 2.8V dc).  Replaced.  This is just a find with full TI test.  The reported problem is actually a mistake by not connecting the TI to the TS/TD. Jan. 28, 2025.  Returned to HallA.</t>
   </si>
   <si>
     <t>lend to Michael Kohl, EEL-125, May 16, 2025</t>
   </si>
   <si>
     <t>re-load firmware (tip113), June 13, 2025</t>
+  </si>
+  <si>
+    <t>The left LED is disconnected.  Fixed.  Swap with TI#474, to be used in Injector hall, Feb. 19, 2026</t>
+  </si>
+  <si>
+    <t>swap with Moller TI#414, to be used in Injector hall.  Feb. 19, 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="17">
+  <cellXfs count="12">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="16" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...6 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -2011,55 +2009,55 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:K330"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A195" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
-      <selection activeCell="J304" sqref="J304"/>
+    <sheetView tabSelected="1" topLeftCell="F304" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
+      <selection activeCell="J323" sqref="J323"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="1"/>
     <col min="2" max="2" width="18.7109375" customWidth="1"/>
     <col min="5" max="5" width="12.85546875" style="1" customWidth="1"/>
     <col min="6" max="6" width="29.7109375" customWidth="1"/>
     <col min="7" max="7" width="11.85546875" customWidth="1"/>
     <col min="8" max="8" width="13.5703125" customWidth="1"/>
     <col min="9" max="9" width="70.140625" style="4" customWidth="1"/>
     <col min="10" max="10" width="37.42578125" style="4" customWidth="1"/>
     <col min="11" max="11" width="26.42578125" style="4" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>15</v>
       </c>
@@ -5672,96 +5670,99 @@
       </c>
     </row>
     <row r="267" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A267" s="1" t="s">
         <v>380</v>
       </c>
       <c r="B267" t="s">
         <v>385</v>
       </c>
       <c r="E267" s="1" t="s">
         <v>276</v>
       </c>
       <c r="F267" t="s">
         <v>386</v>
       </c>
       <c r="G267" s="5">
         <v>44931</v>
       </c>
       <c r="H267">
         <v>2</v>
       </c>
       <c r="I267" s="4" t="s">
         <v>388</v>
       </c>
     </row>
-    <row r="268" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="268" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A268" s="1" t="s">
         <v>383</v>
       </c>
       <c r="B268" t="s">
         <v>385</v>
       </c>
       <c r="E268" s="1" t="s">
         <v>276</v>
       </c>
       <c r="F268" t="s">
         <v>386</v>
       </c>
       <c r="G268" s="5">
         <v>44931</v>
       </c>
       <c r="H268">
         <v>2</v>
       </c>
       <c r="I268" s="4" t="s">
         <v>388</v>
+      </c>
+      <c r="J268" s="4" t="s">
+        <v>533</v>
       </c>
     </row>
     <row r="269" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A269" s="1" t="s">
         <v>381</v>
       </c>
       <c r="B269" t="s">
         <v>385</v>
       </c>
-      <c r="C269" s="16" t="s">
+      <c r="C269" t="s">
         <v>390</v>
       </c>
       <c r="E269" s="1" t="s">
         <v>276</v>
       </c>
       <c r="F269" t="s">
         <v>386</v>
       </c>
       <c r="G269" s="5">
         <v>44931</v>
       </c>
       <c r="H269">
         <v>8</v>
       </c>
-      <c r="I269" s="15" t="s">
+      <c r="I269" s="11" t="s">
         <v>521</v>
       </c>
     </row>
     <row r="270" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A270" s="1" t="s">
         <v>382</v>
       </c>
       <c r="B270" t="s">
         <v>385</v>
       </c>
       <c r="E270" s="1" t="s">
         <v>276</v>
       </c>
       <c r="F270" t="s">
         <v>386</v>
       </c>
       <c r="G270" s="5">
         <v>44931</v>
       </c>
       <c r="H270">
         <v>2</v>
       </c>
       <c r="I270" s="4" t="s">
         <v>388</v>
       </c>
@@ -5773,1244 +5774,1238 @@
       <c r="I271" s="10"/>
       <c r="J271" s="10"/>
       <c r="K271" s="10"/>
     </row>
     <row r="272" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A272" s="1" t="s">
         <v>417</v>
       </c>
       <c r="B272" t="s">
         <v>418</v>
       </c>
       <c r="E272" s="1" t="s">
         <v>276</v>
       </c>
       <c r="F272" t="s">
         <v>424</v>
       </c>
       <c r="G272" s="5">
         <v>45475</v>
       </c>
       <c r="I272" s="4" t="s">
         <v>526</v>
       </c>
     </row>
     <row r="273" spans="1:11" s="8" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A273" s="11" t="s">
+      <c r="A273" s="1" t="s">
         <v>421</v>
       </c>
-      <c r="B273" s="12" t="s">
+      <c r="B273" t="s">
         <v>418</v>
       </c>
-      <c r="C273" s="12"/>
-[...4 lines deleted...]
-      <c r="F273" s="12" t="s">
+      <c r="C273"/>
+      <c r="D273"/>
+      <c r="E273" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="F273" t="s">
         <v>419</v>
       </c>
-      <c r="G273" s="13">
+      <c r="G273" s="5">
         <v>45475</v>
       </c>
-      <c r="H273" s="12"/>
-      <c r="I273" s="14" t="s">
+      <c r="H273"/>
+      <c r="I273" s="4" t="s">
         <v>480</v>
       </c>
       <c r="J273" s="10"/>
       <c r="K273" s="10"/>
     </row>
     <row r="274" spans="1:11" s="8" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A274" s="11" t="s">
+      <c r="A274" s="1" t="s">
         <v>422</v>
       </c>
-      <c r="B274" s="12" t="s">
+      <c r="B274" t="s">
         <v>418</v>
       </c>
-      <c r="C274" s="12"/>
-[...4 lines deleted...]
-      <c r="F274" s="12" t="s">
+      <c r="C274"/>
+      <c r="D274"/>
+      <c r="E274" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="F274" t="s">
         <v>419</v>
       </c>
-      <c r="G274" s="13">
+      <c r="G274" s="5">
         <v>45475</v>
       </c>
-      <c r="H274" s="12"/>
-      <c r="I274" s="14" t="s">
+      <c r="H274"/>
+      <c r="I274" s="4" t="s">
         <v>482</v>
       </c>
       <c r="J274" s="10"/>
       <c r="K274" s="10"/>
     </row>
     <row r="275" spans="1:11" s="8" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A275" s="11" t="s">
+      <c r="A275" s="1" t="s">
         <v>423</v>
       </c>
-      <c r="B275" s="12" t="s">
+      <c r="B275" t="s">
         <v>418</v>
       </c>
-      <c r="C275" s="12"/>
-[...4 lines deleted...]
-      <c r="F275" s="12" t="s">
+      <c r="C275"/>
+      <c r="D275"/>
+      <c r="E275" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="F275" t="s">
         <v>419</v>
       </c>
-      <c r="G275" s="13">
+      <c r="G275" s="5">
         <v>45475</v>
       </c>
-      <c r="H275" s="12"/>
-      <c r="I275" s="14" t="s">
+      <c r="H275"/>
+      <c r="I275" s="4" t="s">
         <v>481</v>
       </c>
       <c r="J275" s="10"/>
       <c r="K275" s="10"/>
     </row>
     <row r="276" spans="1:11" s="8" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A276" s="11" t="s">
+      <c r="A276" s="1" t="s">
         <v>428</v>
       </c>
-      <c r="B276" s="12" t="s">
+      <c r="B276" t="s">
         <v>418</v>
       </c>
-      <c r="C276" s="12"/>
-[...4 lines deleted...]
-      <c r="F276" s="12" t="s">
+      <c r="C276"/>
+      <c r="D276"/>
+      <c r="E276" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="F276" t="s">
         <v>419</v>
       </c>
-      <c r="G276" s="13">
+      <c r="G276" s="5">
         <v>45475</v>
       </c>
-      <c r="H276" s="12"/>
-      <c r="I276" s="14" t="s">
+      <c r="H276"/>
+      <c r="I276" s="4" t="s">
         <v>483</v>
       </c>
       <c r="J276" s="10"/>
       <c r="K276" s="10"/>
     </row>
     <row r="277" spans="1:11" s="8" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A277" s="11" t="s">
+      <c r="A277" s="1" t="s">
         <v>430</v>
       </c>
-      <c r="B277" s="12" t="s">
+      <c r="B277" t="s">
         <v>418</v>
       </c>
-      <c r="C277" s="12"/>
-[...4 lines deleted...]
-      <c r="F277" s="12" t="s">
+      <c r="C277"/>
+      <c r="D277"/>
+      <c r="E277" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="F277" t="s">
         <v>419</v>
       </c>
-      <c r="G277" s="13"/>
-[...1 lines deleted...]
-      <c r="I277" s="14" t="s">
+      <c r="G277" s="5"/>
+      <c r="H277"/>
+      <c r="I277" s="4" t="s">
         <v>484</v>
       </c>
       <c r="J277" s="10"/>
       <c r="K277" s="10"/>
     </row>
     <row r="278" spans="1:11" s="8" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A278" s="11" t="s">
+      <c r="A278" s="1" t="s">
         <v>431</v>
       </c>
-      <c r="B278" s="12" t="s">
+      <c r="B278" t="s">
         <v>418</v>
       </c>
-      <c r="C278" s="12"/>
-[...4 lines deleted...]
-      <c r="F278" s="12" t="s">
+      <c r="C278"/>
+      <c r="D278"/>
+      <c r="E278" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="F278" t="s">
         <v>419</v>
       </c>
-      <c r="G278" s="13"/>
-[...1 lines deleted...]
-      <c r="I278" s="14" t="s">
+      <c r="G278" s="5"/>
+      <c r="H278"/>
+      <c r="I278" s="4" t="s">
         <v>485</v>
       </c>
       <c r="J278" s="10"/>
       <c r="K278" s="10"/>
     </row>
     <row r="279" spans="1:11" s="8" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A279" s="11" t="s">
+      <c r="A279" s="1" t="s">
         <v>432</v>
       </c>
-      <c r="B279" s="12" t="s">
+      <c r="B279" t="s">
         <v>418</v>
       </c>
-      <c r="C279" s="12"/>
-[...4 lines deleted...]
-      <c r="F279" s="12" t="s">
+      <c r="C279"/>
+      <c r="D279"/>
+      <c r="E279" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="F279" t="s">
         <v>419</v>
       </c>
-      <c r="G279" s="13"/>
-[...1 lines deleted...]
-      <c r="I279" s="14" t="s">
+      <c r="G279" s="5"/>
+      <c r="H279"/>
+      <c r="I279" s="4" t="s">
         <v>486</v>
       </c>
       <c r="J279" s="10"/>
       <c r="K279" s="10"/>
     </row>
     <row r="280" spans="1:11" s="8" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A280" s="11" t="s">
+      <c r="A280" s="1" t="s">
         <v>433</v>
       </c>
-      <c r="B280" s="12" t="s">
+      <c r="B280" t="s">
         <v>418</v>
       </c>
-      <c r="C280" s="12"/>
-[...4 lines deleted...]
-      <c r="F280" s="12" t="s">
+      <c r="C280"/>
+      <c r="D280"/>
+      <c r="E280" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="F280" t="s">
         <v>419</v>
       </c>
-      <c r="G280" s="13"/>
-[...1 lines deleted...]
-      <c r="I280" s="14" t="s">
+      <c r="G280" s="5"/>
+      <c r="H280"/>
+      <c r="I280" s="4" t="s">
         <v>487</v>
       </c>
       <c r="J280" s="10"/>
       <c r="K280" s="10"/>
     </row>
     <row r="281" spans="1:11" s="8" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A281" s="11" t="s">
+      <c r="A281" s="1" t="s">
         <v>434</v>
       </c>
-      <c r="B281" s="12" t="s">
+      <c r="B281" t="s">
         <v>418</v>
       </c>
-      <c r="C281" s="12"/>
-[...4 lines deleted...]
-      <c r="F281" s="12" t="s">
+      <c r="C281"/>
+      <c r="D281"/>
+      <c r="E281" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="F281" t="s">
         <v>419</v>
       </c>
-      <c r="G281" s="13"/>
-[...1 lines deleted...]
-      <c r="I281" s="14" t="s">
+      <c r="G281" s="5"/>
+      <c r="H281"/>
+      <c r="I281" s="4" t="s">
         <v>488</v>
       </c>
       <c r="J281" s="10"/>
       <c r="K281" s="10"/>
     </row>
     <row r="282" spans="1:11" s="8" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A282" s="11" t="s">
+      <c r="A282" s="1" t="s">
         <v>435</v>
       </c>
-      <c r="B282" s="12" t="s">
-[...7 lines deleted...]
-      <c r="F282" s="12" t="s">
+      <c r="B282" t="s">
+        <v>182</v>
+      </c>
+      <c r="C282"/>
+      <c r="D282"/>
+      <c r="E282" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="F282" t="s">
         <v>419</v>
       </c>
-      <c r="G282" s="13"/>
-[...1 lines deleted...]
-      <c r="I282" s="14" t="s">
+      <c r="G282" s="5"/>
+      <c r="H282"/>
+      <c r="I282" s="4" t="s">
         <v>489</v>
       </c>
       <c r="J282" s="10"/>
       <c r="K282" s="10"/>
     </row>
     <row r="283" spans="1:11" s="8" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A283" s="11" t="s">
+      <c r="A283" s="1" t="s">
         <v>436</v>
       </c>
-      <c r="B283" s="12" t="s">
-[...7 lines deleted...]
-      <c r="F283" s="12" t="s">
+      <c r="B283" t="s">
+        <v>182</v>
+      </c>
+      <c r="C283"/>
+      <c r="D283"/>
+      <c r="E283" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="F283" t="s">
         <v>419</v>
       </c>
-      <c r="G283" s="13"/>
-[...1 lines deleted...]
-      <c r="I283" s="14" t="s">
+      <c r="G283" s="5"/>
+      <c r="H283"/>
+      <c r="I283" s="4" t="s">
         <v>490</v>
       </c>
       <c r="J283" s="10"/>
       <c r="K283" s="10"/>
     </row>
     <row r="284" spans="1:11" s="8" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A284" s="11" t="s">
+      <c r="A284" s="1" t="s">
         <v>437</v>
       </c>
-      <c r="B284" s="12" t="s">
-[...7 lines deleted...]
-      <c r="F284" s="12" t="s">
+      <c r="B284" t="s">
+        <v>182</v>
+      </c>
+      <c r="C284"/>
+      <c r="D284"/>
+      <c r="E284" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="F284" t="s">
         <v>419</v>
       </c>
-      <c r="G284" s="13"/>
-[...1 lines deleted...]
-      <c r="I284" s="14" t="s">
+      <c r="G284" s="5"/>
+      <c r="H284"/>
+      <c r="I284" s="4" t="s">
         <v>491</v>
       </c>
       <c r="J284" s="10"/>
       <c r="K284" s="10"/>
     </row>
     <row r="285" spans="1:11" s="8" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A285" s="11" t="s">
+      <c r="A285" s="1" t="s">
         <v>438</v>
       </c>
-      <c r="B285" s="12" t="s">
-[...7 lines deleted...]
-      <c r="F285" s="12" t="s">
+      <c r="B285" t="s">
+        <v>182</v>
+      </c>
+      <c r="C285"/>
+      <c r="D285"/>
+      <c r="E285" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="F285" t="s">
         <v>520</v>
       </c>
-      <c r="G285" s="13"/>
-[...1 lines deleted...]
-      <c r="I285" s="14" t="s">
+      <c r="G285" s="5"/>
+      <c r="H285"/>
+      <c r="I285" s="4" t="s">
         <v>522</v>
       </c>
       <c r="J285" s="10"/>
       <c r="K285" s="10"/>
     </row>
     <row r="286" spans="1:11" s="8" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A286" s="11" t="s">
+      <c r="A286" s="1" t="s">
         <v>439</v>
       </c>
-      <c r="B286" s="12" t="s">
-[...7 lines deleted...]
-      <c r="F286" s="12" t="s">
+      <c r="B286" t="s">
+        <v>182</v>
+      </c>
+      <c r="C286"/>
+      <c r="D286"/>
+      <c r="E286" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="F286" t="s">
         <v>419</v>
       </c>
-      <c r="G286" s="13"/>
-[...1 lines deleted...]
-      <c r="I286" s="14" t="s">
+      <c r="G286" s="5"/>
+      <c r="H286"/>
+      <c r="I286" s="4" t="s">
         <v>492</v>
       </c>
       <c r="J286" s="10"/>
       <c r="K286" s="10"/>
     </row>
     <row r="287" spans="1:11" s="8" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A287" s="11" t="s">
+      <c r="A287" s="1" t="s">
         <v>440</v>
       </c>
-      <c r="B287" s="12" t="s">
-[...7 lines deleted...]
-      <c r="F287" s="12" t="s">
+      <c r="B287" t="s">
+        <v>182</v>
+      </c>
+      <c r="C287"/>
+      <c r="D287"/>
+      <c r="E287" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="F287" t="s">
         <v>419</v>
       </c>
-      <c r="G287" s="13"/>
-[...1 lines deleted...]
-      <c r="I287" s="14" t="s">
+      <c r="G287" s="5"/>
+      <c r="H287"/>
+      <c r="I287" s="4" t="s">
         <v>518</v>
       </c>
       <c r="J287" s="10"/>
       <c r="K287" s="10"/>
     </row>
     <row r="288" spans="1:11" s="8" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A288" s="11" t="s">
+      <c r="A288" s="1" t="s">
         <v>441</v>
       </c>
-      <c r="B288" s="12" t="s">
-[...7 lines deleted...]
-      <c r="F288" s="12" t="s">
+      <c r="B288" t="s">
+        <v>182</v>
+      </c>
+      <c r="C288"/>
+      <c r="D288"/>
+      <c r="E288" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="F288" t="s">
         <v>419</v>
       </c>
-      <c r="G288" s="13"/>
-[...1 lines deleted...]
-      <c r="I288" s="14" t="s">
+      <c r="G288" s="5"/>
+      <c r="H288"/>
+      <c r="I288" s="4" t="s">
         <v>519</v>
       </c>
       <c r="J288" s="10"/>
       <c r="K288" s="10"/>
     </row>
     <row r="289" spans="1:11" s="8" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A289" s="11" t="s">
+      <c r="A289" s="1" t="s">
         <v>442</v>
       </c>
-      <c r="B289" s="12" t="s">
-[...7 lines deleted...]
-      <c r="F289" s="12" t="s">
+      <c r="B289" t="s">
+        <v>182</v>
+      </c>
+      <c r="C289"/>
+      <c r="D289"/>
+      <c r="E289" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="F289" t="s">
         <v>419</v>
       </c>
-      <c r="G289" s="13"/>
-[...1 lines deleted...]
-      <c r="I289" s="14" t="s">
+      <c r="G289" s="5"/>
+      <c r="H289"/>
+      <c r="I289" s="4" t="s">
         <v>493</v>
       </c>
       <c r="J289" s="10"/>
       <c r="K289" s="10"/>
     </row>
     <row r="290" spans="1:11" s="8" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A290" s="11" t="s">
+      <c r="A290" s="1" t="s">
         <v>443</v>
       </c>
-      <c r="B290" s="12" t="s">
-[...7 lines deleted...]
-      <c r="F290" s="12" t="s">
+      <c r="B290" t="s">
+        <v>182</v>
+      </c>
+      <c r="C290"/>
+      <c r="D290"/>
+      <c r="E290" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="F290" t="s">
         <v>419</v>
       </c>
-      <c r="G290" s="13"/>
-[...1 lines deleted...]
-      <c r="I290" s="14" t="s">
+      <c r="G290" s="5"/>
+      <c r="H290"/>
+      <c r="I290" s="4" t="s">
         <v>494</v>
       </c>
       <c r="J290" s="10"/>
       <c r="K290" s="10"/>
     </row>
     <row r="291" spans="1:11" s="8" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A291" s="11" t="s">
+      <c r="A291" s="1" t="s">
         <v>444</v>
       </c>
-      <c r="B291" s="12" t="s">
-[...7 lines deleted...]
-      <c r="F291" s="12" t="s">
+      <c r="B291" t="s">
+        <v>182</v>
+      </c>
+      <c r="C291"/>
+      <c r="D291"/>
+      <c r="E291" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="F291" t="s">
         <v>419</v>
       </c>
-      <c r="G291" s="13"/>
-[...1 lines deleted...]
-      <c r="I291" s="14" t="s">
+      <c r="G291" s="5"/>
+      <c r="H291"/>
+      <c r="I291" s="4" t="s">
         <v>495</v>
       </c>
       <c r="J291" s="10"/>
       <c r="K291" s="10"/>
     </row>
     <row r="292" spans="1:11" s="8" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A292" s="11" t="s">
+      <c r="A292" s="1" t="s">
         <v>445</v>
       </c>
-      <c r="B292" s="12" t="s">
+      <c r="B292" t="s">
         <v>475</v>
       </c>
-      <c r="C292" s="12"/>
-[...4 lines deleted...]
-      <c r="F292" s="12" t="s">
+      <c r="C292"/>
+      <c r="D292"/>
+      <c r="E292" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="F292" t="s">
         <v>419</v>
       </c>
-      <c r="G292" s="13"/>
-[...1 lines deleted...]
-      <c r="I292" s="14" t="s">
+      <c r="G292" s="5"/>
+      <c r="H292"/>
+      <c r="I292" s="4" t="s">
         <v>527</v>
       </c>
       <c r="J292" s="10"/>
       <c r="K292" s="10"/>
     </row>
     <row r="293" spans="1:11" s="8" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A293" s="11" t="s">
+      <c r="A293" s="1" t="s">
         <v>446</v>
       </c>
-      <c r="B293" s="12" t="s">
+      <c r="B293" t="s">
         <v>475</v>
       </c>
-      <c r="C293" s="12"/>
-[...4 lines deleted...]
-      <c r="F293" s="12" t="s">
+      <c r="C293"/>
+      <c r="D293"/>
+      <c r="E293" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="F293" t="s">
         <v>520</v>
       </c>
-      <c r="G293" s="13"/>
-[...1 lines deleted...]
-      <c r="I293" s="14" t="s">
+      <c r="G293" s="5"/>
+      <c r="H293"/>
+      <c r="I293" s="4" t="s">
         <v>513</v>
       </c>
       <c r="J293" s="10"/>
       <c r="K293" s="10"/>
     </row>
     <row r="294" spans="1:11" s="8" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A294" s="11" t="s">
+      <c r="A294" s="1" t="s">
         <v>447</v>
       </c>
-      <c r="B294" s="12" t="s">
+      <c r="B294" t="s">
         <v>475</v>
       </c>
-      <c r="C294" s="12"/>
-[...4 lines deleted...]
-      <c r="F294" s="12" t="s">
+      <c r="C294"/>
+      <c r="D294"/>
+      <c r="E294" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="F294" t="s">
         <v>419</v>
       </c>
-      <c r="G294" s="13"/>
-[...1 lines deleted...]
-      <c r="I294" s="14" t="s">
+      <c r="G294" s="5"/>
+      <c r="H294"/>
+      <c r="I294" s="4" t="s">
         <v>496</v>
       </c>
       <c r="J294" s="10"/>
       <c r="K294" s="10"/>
     </row>
     <row r="295" spans="1:11" s="8" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A295" s="11" t="s">
+      <c r="A295" s="1" t="s">
         <v>448</v>
       </c>
-      <c r="B295" s="12" t="s">
+      <c r="B295" t="s">
         <v>475</v>
       </c>
-      <c r="C295" s="12"/>
-[...4 lines deleted...]
-      <c r="F295" s="12" t="s">
+      <c r="C295"/>
+      <c r="D295"/>
+      <c r="E295" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="F295" t="s">
         <v>419</v>
       </c>
-      <c r="G295" s="13"/>
-[...1 lines deleted...]
-      <c r="I295" s="14" t="s">
+      <c r="G295" s="5"/>
+      <c r="H295"/>
+      <c r="I295" s="4" t="s">
         <v>497</v>
       </c>
       <c r="J295" s="10"/>
       <c r="K295" s="10"/>
     </row>
     <row r="296" spans="1:11" s="8" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A296" s="11" t="s">
+      <c r="A296" s="1" t="s">
         <v>449</v>
       </c>
-      <c r="B296" s="12" t="s">
+      <c r="B296" t="s">
         <v>475</v>
       </c>
-      <c r="C296" s="12"/>
-[...4 lines deleted...]
-      <c r="F296" s="12" t="s">
+      <c r="C296"/>
+      <c r="D296"/>
+      <c r="E296" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="F296" t="s">
         <v>419</v>
       </c>
-      <c r="G296" s="13"/>
-[...1 lines deleted...]
-      <c r="I296" s="14" t="s">
+      <c r="G296" s="5"/>
+      <c r="H296"/>
+      <c r="I296" s="4" t="s">
         <v>498</v>
       </c>
       <c r="J296" s="10"/>
       <c r="K296" s="10"/>
     </row>
     <row r="297" spans="1:11" s="8" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A297" s="11" t="s">
+      <c r="A297" s="1" t="s">
         <v>450</v>
       </c>
-      <c r="B297" s="12" t="s">
+      <c r="B297" t="s">
         <v>475</v>
       </c>
-      <c r="C297" s="12"/>
-[...4 lines deleted...]
-      <c r="F297" s="12" t="s">
+      <c r="C297"/>
+      <c r="D297"/>
+      <c r="E297" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="F297" t="s">
         <v>419</v>
       </c>
-      <c r="G297" s="13"/>
-[...1 lines deleted...]
-      <c r="I297" s="14" t="s">
+      <c r="G297" s="5"/>
+      <c r="H297"/>
+      <c r="I297" s="4" t="s">
         <v>499</v>
       </c>
       <c r="J297" s="10"/>
       <c r="K297" s="10"/>
     </row>
     <row r="298" spans="1:11" s="8" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A298" s="11" t="s">
+      <c r="A298" s="1" t="s">
         <v>451</v>
       </c>
-      <c r="B298" s="12" t="s">
+      <c r="B298" t="s">
         <v>475</v>
       </c>
-      <c r="C298" s="12"/>
-[...4 lines deleted...]
-      <c r="F298" s="12" t="s">
+      <c r="C298"/>
+      <c r="D298"/>
+      <c r="E298" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="F298" t="s">
         <v>419</v>
       </c>
-      <c r="G298" s="13"/>
-[...1 lines deleted...]
-      <c r="I298" s="14" t="s">
+      <c r="G298" s="5"/>
+      <c r="H298"/>
+      <c r="I298" s="4" t="s">
         <v>500</v>
       </c>
       <c r="J298" s="10"/>
       <c r="K298" s="10"/>
     </row>
     <row r="299" spans="1:11" s="8" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A299" s="11" t="s">
+      <c r="A299" s="1" t="s">
         <v>452</v>
       </c>
-      <c r="B299" s="12" t="s">
+      <c r="B299" t="s">
         <v>475</v>
       </c>
-      <c r="C299" s="12"/>
-[...4 lines deleted...]
-      <c r="F299" s="12" t="s">
+      <c r="C299"/>
+      <c r="D299"/>
+      <c r="E299" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="F299" t="s">
         <v>419</v>
       </c>
-      <c r="G299" s="13"/>
-[...1 lines deleted...]
-      <c r="I299" s="14" t="s">
+      <c r="G299" s="5"/>
+      <c r="H299"/>
+      <c r="I299" s="4" t="s">
         <v>501</v>
       </c>
       <c r="J299" s="10"/>
       <c r="K299" s="10"/>
     </row>
     <row r="300" spans="1:11" s="8" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A300" s="11" t="s">
+      <c r="A300" s="1" t="s">
         <v>453</v>
       </c>
-      <c r="B300" s="12" t="s">
+      <c r="B300" t="s">
         <v>475</v>
       </c>
-      <c r="C300" s="12"/>
-[...4 lines deleted...]
-      <c r="F300" s="12" t="s">
+      <c r="C300"/>
+      <c r="D300"/>
+      <c r="E300" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="F300" t="s">
         <v>419</v>
       </c>
-      <c r="G300" s="13"/>
-[...1 lines deleted...]
-      <c r="I300" s="14" t="s">
+      <c r="G300" s="5"/>
+      <c r="H300"/>
+      <c r="I300" s="4" t="s">
         <v>502</v>
       </c>
       <c r="J300" s="10"/>
       <c r="K300" s="10"/>
     </row>
     <row r="301" spans="1:11" s="8" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A301" s="11" t="s">
+      <c r="A301" s="1" t="s">
         <v>454</v>
       </c>
-      <c r="B301" s="12" t="s">
+      <c r="B301" t="s">
         <v>475</v>
       </c>
-      <c r="C301" s="12"/>
-[...4 lines deleted...]
-      <c r="F301" s="12" t="s">
+      <c r="C301"/>
+      <c r="D301"/>
+      <c r="E301" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="F301" t="s">
         <v>419</v>
       </c>
-      <c r="G301" s="13"/>
-[...1 lines deleted...]
-      <c r="I301" s="14" t="s">
+      <c r="G301" s="5"/>
+      <c r="H301"/>
+      <c r="I301" s="4" t="s">
         <v>503</v>
       </c>
       <c r="J301" s="10"/>
       <c r="K301" s="10"/>
     </row>
     <row r="302" spans="1:11" s="8" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A302" s="11" t="s">
+      <c r="A302" s="1" t="s">
         <v>455</v>
       </c>
-      <c r="B302" s="12" t="s">
+      <c r="B302" t="s">
         <v>475</v>
       </c>
-      <c r="C302" s="12"/>
-[...4 lines deleted...]
-      <c r="F302" s="12" t="s">
+      <c r="C302"/>
+      <c r="D302"/>
+      <c r="E302" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="F302" t="s">
         <v>419</v>
       </c>
-      <c r="G302" s="13"/>
-[...1 lines deleted...]
-      <c r="I302" s="14" t="s">
+      <c r="G302" s="5"/>
+      <c r="H302"/>
+      <c r="I302" s="4" t="s">
         <v>504</v>
       </c>
       <c r="J302" s="10"/>
       <c r="K302" s="10"/>
     </row>
     <row r="303" spans="1:11" s="8" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A303" s="11" t="s">
+      <c r="A303" s="1" t="s">
         <v>456</v>
       </c>
-      <c r="B303" s="12" t="s">
+      <c r="B303" t="s">
         <v>475</v>
       </c>
-      <c r="C303" s="12"/>
-[...4 lines deleted...]
-      <c r="F303" s="12" t="s">
+      <c r="C303"/>
+      <c r="D303"/>
+      <c r="E303" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="F303" t="s">
         <v>419</v>
       </c>
-      <c r="G303" s="13"/>
-[...1 lines deleted...]
-      <c r="I303" s="14" t="s">
+      <c r="G303" s="5"/>
+      <c r="H303"/>
+      <c r="I303" s="4" t="s">
         <v>505</v>
       </c>
       <c r="J303" s="10"/>
       <c r="K303" s="10"/>
     </row>
     <row r="304" spans="1:11" s="8" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A304" s="11" t="s">
+      <c r="A304" s="1" t="s">
         <v>457</v>
       </c>
-      <c r="B304" s="12" t="s">
+      <c r="B304" t="s">
         <v>475</v>
       </c>
-      <c r="C304" s="12"/>
-[...4 lines deleted...]
-      <c r="F304" s="12" t="s">
+      <c r="C304"/>
+      <c r="D304"/>
+      <c r="E304" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="F304" t="s">
         <v>419</v>
       </c>
-      <c r="G304" s="13"/>
-[...1 lines deleted...]
-      <c r="I304" s="14" t="s">
+      <c r="G304" s="5"/>
+      <c r="H304"/>
+      <c r="I304" s="4" t="s">
         <v>506</v>
       </c>
       <c r="J304" s="10" t="s">
         <v>532</v>
       </c>
       <c r="K304" s="10"/>
     </row>
     <row r="305" spans="1:11" s="8" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A305" s="11" t="s">
+      <c r="A305" s="1" t="s">
         <v>458</v>
       </c>
-      <c r="B305" s="12" t="s">
+      <c r="B305" t="s">
         <v>475</v>
       </c>
-      <c r="C305" s="12"/>
-[...4 lines deleted...]
-      <c r="F305" s="12" t="s">
+      <c r="C305"/>
+      <c r="D305"/>
+      <c r="E305" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="F305" t="s">
         <v>419</v>
       </c>
-      <c r="G305" s="13"/>
-[...1 lines deleted...]
-      <c r="I305" s="14" t="s">
+      <c r="G305" s="5"/>
+      <c r="H305"/>
+      <c r="I305" s="4" t="s">
         <v>507</v>
       </c>
       <c r="J305" s="10"/>
       <c r="K305" s="10"/>
     </row>
     <row r="306" spans="1:11" s="8" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A306" s="11" t="s">
+      <c r="A306" s="1" t="s">
         <v>459</v>
       </c>
-      <c r="B306" s="12" t="s">
+      <c r="B306" t="s">
         <v>475</v>
       </c>
-      <c r="C306" s="12"/>
-[...4 lines deleted...]
-      <c r="F306" s="12" t="s">
+      <c r="C306"/>
+      <c r="D306"/>
+      <c r="E306" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="F306" t="s">
         <v>419</v>
       </c>
-      <c r="G306" s="13"/>
-[...1 lines deleted...]
-      <c r="I306" s="14" t="s">
+      <c r="G306" s="5"/>
+      <c r="H306"/>
+      <c r="I306" s="4" t="s">
         <v>508</v>
       </c>
       <c r="J306" s="10"/>
       <c r="K306" s="10"/>
     </row>
     <row r="307" spans="1:11" s="8" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A307" s="11" t="s">
+      <c r="A307" s="1" t="s">
         <v>460</v>
       </c>
-      <c r="B307" s="12" t="s">
+      <c r="B307" t="s">
         <v>475</v>
       </c>
-      <c r="C307" s="12"/>
-[...4 lines deleted...]
-      <c r="F307" s="12" t="s">
+      <c r="C307"/>
+      <c r="D307"/>
+      <c r="E307" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="F307" t="s">
         <v>419</v>
       </c>
-      <c r="G307" s="13"/>
-[...1 lines deleted...]
-      <c r="I307" s="14" t="s">
+      <c r="G307" s="5"/>
+      <c r="H307"/>
+      <c r="I307" s="4" t="s">
         <v>509</v>
       </c>
       <c r="J307" s="10"/>
       <c r="K307" s="10"/>
     </row>
     <row r="308" spans="1:11" s="8" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A308" s="11" t="s">
+      <c r="A308" s="1" t="s">
         <v>461</v>
       </c>
-      <c r="B308" s="12" t="s">
+      <c r="B308" t="s">
         <v>475</v>
       </c>
-      <c r="C308" s="12"/>
-[...4 lines deleted...]
-      <c r="F308" s="12" t="s">
+      <c r="C308"/>
+      <c r="D308"/>
+      <c r="E308" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="F308" t="s">
         <v>520</v>
       </c>
-      <c r="G308" s="13"/>
-[...1 lines deleted...]
-      <c r="I308" s="14" t="s">
+      <c r="G308" s="5"/>
+      <c r="H308"/>
+      <c r="I308" s="4" t="s">
         <v>525</v>
       </c>
       <c r="J308" s="10"/>
       <c r="K308" s="10"/>
     </row>
     <row r="309" spans="1:11" s="8" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A309" s="11" t="s">
+      <c r="A309" s="1" t="s">
         <v>462</v>
       </c>
-      <c r="B309" s="12" t="s">
+      <c r="B309" t="s">
         <v>475</v>
       </c>
-      <c r="C309" s="12"/>
-[...4 lines deleted...]
-      <c r="F309" s="12" t="s">
+      <c r="C309"/>
+      <c r="D309"/>
+      <c r="E309" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="F309" t="s">
         <v>419</v>
       </c>
-      <c r="G309" s="13"/>
-[...1 lines deleted...]
-      <c r="I309" s="14" t="s">
+      <c r="G309" s="5"/>
+      <c r="H309"/>
+      <c r="I309" s="4" t="s">
         <v>510</v>
       </c>
       <c r="J309" s="10"/>
       <c r="K309" s="10"/>
     </row>
     <row r="310" spans="1:11" s="8" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A310" s="11" t="s">
+      <c r="A310" s="1" t="s">
         <v>463</v>
       </c>
-      <c r="B310" s="12" t="s">
+      <c r="B310" t="s">
         <v>475</v>
       </c>
-      <c r="C310" s="12"/>
-[...4 lines deleted...]
-      <c r="F310" s="12" t="s">
+      <c r="C310"/>
+      <c r="D310"/>
+      <c r="E310" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="F310" t="s">
         <v>419</v>
       </c>
-      <c r="G310" s="13"/>
-[...1 lines deleted...]
-      <c r="I310" s="14" t="s">
+      <c r="G310" s="5"/>
+      <c r="H310"/>
+      <c r="I310" s="4" t="s">
         <v>511</v>
       </c>
       <c r="J310" s="10"/>
       <c r="K310" s="10"/>
     </row>
     <row r="311" spans="1:11" s="8" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A311" s="11" t="s">
+      <c r="A311" s="1" t="s">
         <v>464</v>
       </c>
-      <c r="B311" s="12" t="s">
+      <c r="B311" t="s">
         <v>475</v>
       </c>
-      <c r="C311" s="12"/>
-[...4 lines deleted...]
-      <c r="F311" s="12" t="s">
+      <c r="C311"/>
+      <c r="D311"/>
+      <c r="E311" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="F311" t="s">
         <v>419</v>
       </c>
-      <c r="G311" s="13"/>
-[...1 lines deleted...]
-      <c r="I311" s="14" t="s">
+      <c r="G311" s="5"/>
+      <c r="H311"/>
+      <c r="I311" s="4" t="s">
         <v>512</v>
       </c>
       <c r="J311" s="10"/>
       <c r="K311" s="10"/>
     </row>
     <row r="312" spans="1:11" s="8" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A312" s="11" t="s">
+      <c r="A312" s="1" t="s">
         <v>465</v>
       </c>
-      <c r="B312" s="12" t="s">
+      <c r="B312" t="s">
         <v>475</v>
       </c>
-      <c r="C312" s="12"/>
-[...4 lines deleted...]
-      <c r="F312" s="12" t="s">
+      <c r="C312"/>
+      <c r="D312"/>
+      <c r="E312" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="F312" t="s">
         <v>419</v>
       </c>
-      <c r="G312" s="13"/>
-[...1 lines deleted...]
-      <c r="I312" s="14" t="s">
+      <c r="G312" s="5"/>
+      <c r="H312"/>
+      <c r="I312" s="4" t="s">
         <v>420</v>
       </c>
       <c r="J312" s="10" t="s">
         <v>529</v>
       </c>
       <c r="K312" s="10"/>
     </row>
     <row r="313" spans="1:11" s="8" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A313" s="11" t="s">
+      <c r="A313" s="1" t="s">
         <v>466</v>
       </c>
-      <c r="B313" s="12" t="s">
+      <c r="B313" t="s">
         <v>475</v>
       </c>
-      <c r="C313" s="12"/>
-[...4 lines deleted...]
-      <c r="F313" s="12" t="s">
+      <c r="C313"/>
+      <c r="D313"/>
+      <c r="E313" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="F313" t="s">
         <v>419</v>
       </c>
-      <c r="G313" s="13"/>
-[...1 lines deleted...]
-      <c r="I313" s="14" t="s">
+      <c r="G313" s="5"/>
+      <c r="H313"/>
+      <c r="I313" s="4" t="s">
         <v>425</v>
       </c>
       <c r="J313" s="10"/>
       <c r="K313" s="10"/>
     </row>
     <row r="314" spans="1:11" s="8" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A314" s="11" t="s">
+      <c r="A314" s="1" t="s">
         <v>467</v>
       </c>
-      <c r="B314" s="12" t="s">
+      <c r="B314" t="s">
         <v>475</v>
       </c>
-      <c r="C314" s="12"/>
-[...4 lines deleted...]
-      <c r="F314" s="12" t="s">
+      <c r="C314"/>
+      <c r="D314"/>
+      <c r="E314" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="F314" t="s">
         <v>419</v>
       </c>
-      <c r="G314" s="13"/>
-[...1 lines deleted...]
-      <c r="I314" s="14" t="s">
+      <c r="G314" s="5"/>
+      <c r="H314"/>
+      <c r="I314" s="4" t="s">
         <v>426</v>
       </c>
       <c r="J314" s="10"/>
       <c r="K314" s="10"/>
     </row>
     <row r="315" spans="1:11" s="8" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A315" s="11" t="s">
+      <c r="A315" s="1" t="s">
         <v>468</v>
       </c>
-      <c r="B315" s="12" t="s">
+      <c r="B315" t="s">
         <v>475</v>
       </c>
-      <c r="C315" s="12"/>
-[...4 lines deleted...]
-      <c r="F315" s="12" t="s">
+      <c r="C315"/>
+      <c r="D315"/>
+      <c r="E315" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="F315" t="s">
         <v>419</v>
       </c>
-      <c r="G315" s="13"/>
-[...1 lines deleted...]
-      <c r="I315" s="14" t="s">
+      <c r="G315" s="5"/>
+      <c r="H315"/>
+      <c r="I315" s="4" t="s">
         <v>514</v>
       </c>
       <c r="J315" s="10"/>
       <c r="K315" s="10"/>
     </row>
     <row r="316" spans="1:11" s="8" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A316" s="11" t="s">
+      <c r="A316" s="1" t="s">
         <v>469</v>
       </c>
-      <c r="B316" s="12" t="s">
+      <c r="B316" t="s">
         <v>475</v>
       </c>
-      <c r="C316" s="12"/>
-[...4 lines deleted...]
-      <c r="F316" s="12" t="s">
+      <c r="C316"/>
+      <c r="D316"/>
+      <c r="E316" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="F316" t="s">
         <v>419</v>
       </c>
-      <c r="G316" s="13"/>
-[...1 lines deleted...]
-      <c r="I316" s="14" t="s">
+      <c r="G316" s="5"/>
+      <c r="H316"/>
+      <c r="I316" s="4" t="s">
         <v>429</v>
       </c>
       <c r="J316" s="10"/>
       <c r="K316" s="10"/>
     </row>
     <row r="317" spans="1:11" s="8" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A317" s="11" t="s">
+      <c r="A317" s="1" t="s">
         <v>470</v>
       </c>
-      <c r="B317" s="12" t="s">
+      <c r="B317" t="s">
         <v>475</v>
       </c>
-      <c r="C317" s="12"/>
-[...4 lines deleted...]
-      <c r="F317" s="12" t="s">
+      <c r="C317"/>
+      <c r="D317"/>
+      <c r="E317" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="F317" t="s">
         <v>419</v>
       </c>
-      <c r="G317" s="13"/>
-[...1 lines deleted...]
-      <c r="I317" s="14" t="s">
+      <c r="G317" s="5"/>
+      <c r="H317"/>
+      <c r="I317" s="4" t="s">
         <v>477</v>
       </c>
       <c r="J317" s="10"/>
       <c r="K317" s="10"/>
     </row>
     <row r="318" spans="1:11" s="8" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A318" s="11" t="s">
+      <c r="A318" s="1" t="s">
         <v>471</v>
       </c>
-      <c r="B318" s="12" t="s">
+      <c r="B318" t="s">
         <v>475</v>
       </c>
-      <c r="C318" s="12"/>
-[...4 lines deleted...]
-      <c r="F318" s="12" t="s">
+      <c r="C318"/>
+      <c r="D318"/>
+      <c r="E318" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="F318" t="s">
         <v>419</v>
       </c>
-      <c r="G318" s="13"/>
-[...1 lines deleted...]
-      <c r="I318" s="14" t="s">
+      <c r="G318" s="5"/>
+      <c r="H318"/>
+      <c r="I318" s="4" t="s">
         <v>478</v>
       </c>
       <c r="J318" s="10"/>
       <c r="K318" s="10"/>
     </row>
     <row r="319" spans="1:11" s="8" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A319" s="11" t="s">
+      <c r="A319" s="1" t="s">
         <v>472</v>
       </c>
-      <c r="B319" s="12" t="s">
+      <c r="B319" t="s">
         <v>475</v>
       </c>
-      <c r="C319" s="12"/>
-[...4 lines deleted...]
-      <c r="F319" s="12" t="s">
+      <c r="C319"/>
+      <c r="D319"/>
+      <c r="E319" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="F319" t="s">
         <v>419</v>
       </c>
-      <c r="G319" s="13"/>
-[...1 lines deleted...]
-      <c r="I319" s="14" t="s">
+      <c r="G319" s="5"/>
+      <c r="H319"/>
+      <c r="I319" s="4" t="s">
         <v>479</v>
       </c>
       <c r="J319" s="10"/>
       <c r="K319" s="10"/>
     </row>
     <row r="320" spans="1:11" s="8" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A320" s="11" t="s">
+      <c r="A320" s="1" t="s">
         <v>473</v>
       </c>
-      <c r="B320" s="12" t="s">
+      <c r="B320" t="s">
         <v>475</v>
       </c>
-      <c r="C320" s="12"/>
-[...4 lines deleted...]
-      <c r="F320" s="12" t="s">
+      <c r="C320"/>
+      <c r="D320"/>
+      <c r="E320" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="F320" t="s">
         <v>419</v>
       </c>
-      <c r="G320" s="13"/>
-[...1 lines deleted...]
-      <c r="I320" s="14" t="s">
+      <c r="G320" s="5"/>
+      <c r="H320"/>
+      <c r="I320" s="4" t="s">
         <v>515</v>
       </c>
       <c r="J320" s="10"/>
       <c r="K320" s="10"/>
     </row>
     <row r="321" spans="1:11" s="8" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A321" s="11" t="s">
+      <c r="A321" s="1" t="s">
         <v>476</v>
       </c>
-      <c r="B321" s="12" t="s">
+      <c r="B321" t="s">
         <v>475</v>
       </c>
-      <c r="C321" s="12"/>
-[...4 lines deleted...]
-      <c r="F321" s="12" t="s">
+      <c r="C321"/>
+      <c r="D321"/>
+      <c r="E321" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="F321" t="s">
         <v>520</v>
       </c>
-      <c r="G321" s="13"/>
-[...1 lines deleted...]
-      <c r="I321" s="14" t="s">
+      <c r="G321" s="5"/>
+      <c r="H321"/>
+      <c r="I321" s="4" t="s">
         <v>516</v>
       </c>
       <c r="J321" s="10"/>
       <c r="K321" s="10"/>
     </row>
     <row r="322" spans="1:11" s="8" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A322" s="11" t="s">
+      <c r="A322" s="1" t="s">
         <v>474</v>
       </c>
-      <c r="B322" s="12" t="s">
+      <c r="B322" t="s">
         <v>475</v>
       </c>
-      <c r="C322" s="12"/>
-[...4 lines deleted...]
-      <c r="F322" s="12" t="s">
+      <c r="C322"/>
+      <c r="D322"/>
+      <c r="E322" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="F322" t="s">
         <v>419</v>
       </c>
-      <c r="G322" s="13"/>
-[...1 lines deleted...]
-      <c r="I322" s="14" t="s">
+      <c r="G322" s="5"/>
+      <c r="H322"/>
+      <c r="I322" s="4" t="s">
         <v>517</v>
       </c>
       <c r="J322" s="10"/>
       <c r="K322" s="10"/>
     </row>
-    <row r="323" spans="1:11" s="8" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A323" s="11" t="s">
+    <row r="323" spans="1:11" s="8" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A323" s="1" t="s">
         <v>523</v>
       </c>
-      <c r="B323" s="12" t="s">
+      <c r="B323" t="s">
         <v>524</v>
       </c>
-      <c r="C323" s="12"/>
-[...4 lines deleted...]
-      <c r="F323" s="12" t="s">
+      <c r="C323"/>
+      <c r="D323"/>
+      <c r="E323" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="F323" t="s">
         <v>424</v>
       </c>
-      <c r="G323" s="13"/>
-[...1 lines deleted...]
-      <c r="I323" s="14" t="s">
+      <c r="G323" s="5"/>
+      <c r="H323"/>
+      <c r="I323" s="4" t="s">
         <v>427</v>
       </c>
-      <c r="J323" s="10"/>
+      <c r="J323" s="10" t="s">
+        <v>534</v>
+      </c>
       <c r="K323" s="10"/>
     </row>
     <row r="324" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A324" s="11"/>
-[...7 lines deleted...]
-      <c r="I324" s="14"/>
+      <c r="G324" s="5"/>
     </row>
     <row r="325" spans="1:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="326" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A326" s="1" t="s">
         <v>403</v>
       </c>
       <c r="B326" t="s">
         <v>404</v>
       </c>
       <c r="E326" s="1" t="s">
         <v>276</v>
       </c>
       <c r="F326" t="s">
         <v>405</v>
       </c>
       <c r="I326" s="4" t="s">
         <v>406</v>
       </c>
     </row>
     <row r="327" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A327" s="1" t="s">
         <v>407</v>
       </c>
       <c r="B327" t="s">
         <v>409</v>